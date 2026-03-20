--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -240,297 +240,297 @@
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>4264</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3"/>
       <c r="F3">
-        <v>5864</v>
+        <v>5436</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4"/>
       <c r="F4">
         <v>1413</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5"/>
       <c r="F5">
-        <v>1608</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7"/>
       <c r="F7">
-        <v>8802</v>
+        <v>8392</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>916</v>
+        <v>803</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2482</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
         <v>21</v>
       </c>
       <c r="E10"/>
       <c r="F10">
-        <v>1578</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" t="s">
         <v>21</v>
       </c>
       <c r="E11"/>
       <c r="F11">
-        <v>1981</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
       <c r="E12"/>
       <c r="F12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" t="s">
         <v>21</v>
       </c>
       <c r="E13"/>
       <c r="F13">
-        <v>941</v>
+        <v>808</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>8</v>
       </c>
       <c r="D14" t="s">
         <v>21</v>
       </c>
       <c r="E14"/>
       <c r="F14">
-        <v>1315</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>8</v>
       </c>
       <c r="D15" t="s">
         <v>21</v>
       </c>
       <c r="E15"/>
       <c r="F15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" t="s">
         <v>21</v>
       </c>
       <c r="E16"/>
       <c r="F16">
-        <v>1208</v>
+        <v>1008</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>